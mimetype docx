--- v0 (2025-10-15)
+++ v1 (2026-01-17)
@@ -1,860 +1,536 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="624B31B1" w14:textId="107BEE47" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00565697">
-      <w:pPr>
+    <w:p w14:paraId="3498FE9A" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:pStyle w:val="CorpoA"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...110 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Í</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>TULO DO TRABALHO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:t>Pesquisa; Estudo; Educação. [separados por ;]</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>[centralizado, negrito]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BE4257" w14:textId="5CC9928E" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
-      <w:pPr>
+    <w:p w14:paraId="6C6C294B" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:pStyle w:val="CorpoA"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...7 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D2CA146" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
-      <w:pPr>
+    <w:p w14:paraId="0C7909CD" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:pStyle w:val="CorpoA"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>NOME E SOBRENOME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>DO AUTOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>; NOME E SOBRENOME DO(S)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A79B226" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:pStyle w:val="CorpoA"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>CO-AUTOR(ES)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B429E1" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:pStyle w:val="CorpoA"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FB780EB" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:pStyle w:val="CorpoA"/>
+        <w:ind w:firstLine="550"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5433C68E" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
-      <w:pPr>
+    <w:p w14:paraId="5DD98B97" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC7C6F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00DC7C6F">
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Introdução:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A linguagem escrita apresenta importância para as civilizações desde remotos tempos. Atualmente a mesma encontra-se em processo de modernização, com substituição de acentuações e de grafias. Entretanto, manter determinados padrões é de extrema relevância, especialmente quando estamos tratando da construção de resumos, quer sejam utilizados para artigos científicos ou para participações em congressos e eventos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Objetivos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Este trabalho apresenta como objetivo realizar uma extensa revisão bibliográfica sobre as diversas formas de organização de resumos, buscando contribuir para a uniformização dos mesmos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Metodologia:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Este é um estudo de revisão bibliográfica, onde foram utilizados sites de busca, como PUBMED e SCIELO, através das palavras-chave: resumos, estrutura linguística, congressos, artigos científicos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Resultados:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Como resultado da pesquisa foi possível comprovar que o modelo de resumo informativo estruturado é o modelo mais utilizado, especificamente em eventos como simpósios e congressos. Em relação aos resumos utilizados para artigos científicos, esses são definidos de acordo com o corpo editorial de cada revista. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Conclusões:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conclui-se então que a padronização da estruturação dos resumos, bem como da linguagem utilizada, é variável conforme a área do conhecimento, prevalecendo, entretanto, a utilização do modelo informativo estruturado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCCFFFC" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C856879" w14:textId="77777777" w:rsidR="00391E21" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>PALAVRAS-CHAVE:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Resumo; linguagem; artigos científicos; congressos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6505C298" w14:textId="77777777" w:rsidR="00391E21" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29073CDA" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00DC7C6F" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">objetivo </w:t>
+        <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">da investigação deve ser explicitado (essa é a parte mais importante da introdução). Deve ser estabelecido o significado do trabalho e </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">devem ser claramente expostos e, se for o caso, devem ser identificadas as questões deixadas sem respostas. </w:t>
+        <w:t>[centralizado, negrito. Siga NBR 6023]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E87365" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
-[...5 lines deleted...]
-          <w:iCs/>
+    <w:p w14:paraId="15B645CC" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00391E21" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A627610" w14:textId="1A910138" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
-[...303 lines deleted...]
-    <w:p w14:paraId="63688CF4" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+    <w:p w14:paraId="0CA06B58" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00DC7C6F" w:rsidRDefault="00391E21" w:rsidP="00391E21">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00776408">
+      <w:r w:rsidRPr="00ED306E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">HABERMAS, Jürgen; MCCARTHY, Thomas; MCCARTHY, Thomas. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The theory of communicative action</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Boston: Beacon press, 1984. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF456BD" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+    <w:p w14:paraId="0142C658" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">SUNSTEIN, Cass R. Cass R. Sunstein Recommends “Scarcity: Why Having Too Little Means So Much” by Sendhil Mullainathan and Eldar Shafir. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>21st Century Economics</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Springer, Cham, 2019. p. 127-128. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B0724C" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
-[...31 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="79BFDA5C" w14:textId="77777777" w:rsidR="00391E21" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="05B58994" w14:textId="001D74BA" w:rsidR="008912F4" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
-[...58 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5028E4B2" w14:textId="77777777" w:rsidR="00391E21" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BAD61AF" w14:textId="77777777" w:rsidR="008912F4" w:rsidRPr="00E87C4D" w:rsidRDefault="008912F4" w:rsidP="008912F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008912F4" w:rsidRPr="00E87C4D" w:rsidSect="00DC7C6F">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="573A3F58" w14:textId="77777777" w:rsidR="00DE7935" w:rsidRDefault="00DE7935" w:rsidP="00E87C4D">
+    <w:p w14:paraId="0C0EE3DD" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5309C6C5" w14:textId="77777777" w:rsidR="00DE7935" w:rsidRDefault="00DE7935" w:rsidP="00E87C4D">
+    <w:p w14:paraId="1BA0410E" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -866,146 +542,197 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C328C1C" w14:textId="77777777" w:rsidR="00DE7935" w:rsidRDefault="00DE7935" w:rsidP="00E87C4D">
+    <w:p w14:paraId="31059898" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F801EDD" w14:textId="77777777" w:rsidR="00DE7935" w:rsidRDefault="00DE7935" w:rsidP="00E87C4D">
+    <w:p w14:paraId="4421AD0C" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="6DA619AF" w14:textId="2193EBA0" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F">
+    <w:p w14:paraId="4BDA6DFC" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
+          <w:color w:val="EE0000"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> Adicionar informações complementares sobre os autores, como formação, linha de pesquisa etc...</w:t>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>OBRIGATÓRIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome Completo dos(as) autores(as); Universidade vinculada; E-mail; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou lattes </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70AA3B11" w14:textId="466D3268" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F">
+  <w:p w14:paraId="70AA3B11" w14:textId="6E3F37C7" w:rsidR="00DC7C6F" w:rsidRDefault="00391E21">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E4B79DC" wp14:editId="5689E172">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D862B05" wp14:editId="49378F8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-1080135</wp:posOffset>
+            <wp:posOffset>-1072516</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-441960</wp:posOffset>
+            <wp:posOffset>-449580</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7559040" cy="10676610"/>
-          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:extent cx="7561567" cy="10690860"/>
+          <wp:effectExtent l="0" t="0" r="1905" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1826405939" name="Imagem 2"/>
+          <wp:docPr id="653090277" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7559040" cy="10676610"/>
+                    <a:ext cx="7567668" cy="10699485"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -1280,108 +1007,114 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1117606238">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1207597790">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1959333810">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="265231570">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E87C4D"/>
+    <w:rsid w:val="00391E21"/>
     <w:rsid w:val="00520FD4"/>
     <w:rsid w:val="00565697"/>
     <w:rsid w:val="0057371E"/>
+    <w:rsid w:val="00587269"/>
     <w:rsid w:val="00776408"/>
     <w:rsid w:val="008601B9"/>
     <w:rsid w:val="008912F4"/>
     <w:rsid w:val="00B71E14"/>
+    <w:rsid w:val="00BA1EE7"/>
     <w:rsid w:val="00BD1633"/>
     <w:rsid w:val="00C33FE2"/>
     <w:rsid w:val="00DA67F7"/>
     <w:rsid w:val="00DC7C6F"/>
     <w:rsid w:val="00DE7935"/>
     <w:rsid w:val="00E7609D"/>
     <w:rsid w:val="00E87C4D"/>
     <w:rsid w:val="00EA349C"/>
     <w:rsid w:val="00FF230F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E7EBCAB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D77AE7E0-C618-4451-8B63-3C80F5262B6B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -1748,50 +1481,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00391E21"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E87C4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -2390,66 +2124,87 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
     <w:name w:val="Texto de nota de rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodenotaderodap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DC7C6F"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaderodap">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC7C6F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CorpoA">
+    <w:name w:val="Corpo A"/>
+    <w:rsid w:val="00391E21"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:u w:color="000000"/>
+      <w:lang w:eastAsia="pt-BR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00391E21"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2723,70 +2478,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EC05660-FD39-4D75-BEF1-01AA5E3B9C80}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5185</Characters>
+  <Pages>1</Pages>
+  <Words>282</Words>
+  <Characters>1654</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6058</CharactersWithSpaces>
+  <CharactersWithSpaces>1917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BENTO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>