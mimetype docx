--- v1 (2026-01-17)
+++ v2 (2026-03-04)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3498FE9A" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+    <w:p w14:paraId="68B6181F" w14:textId="77777777" w:rsidR="00D50228" w:rsidRPr="00FE0137" w:rsidRDefault="00D50228" w:rsidP="00D50228">
       <w:pPr>
         <w:pStyle w:val="CorpoA"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
@@ -71,65 +71,218 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>TULO DO TRABALHO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>[centralizado, negrito]</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6C6C294B" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TITLE OF THE PAPER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>centered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TITOLO DEL LAVORO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>centrato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>grassetto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC84976" w14:textId="77777777" w:rsidR="00D50228" w:rsidRPr="00FE0137" w:rsidRDefault="00D50228" w:rsidP="00D50228">
       <w:pPr>
         <w:pStyle w:val="CorpoA"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C7909CD" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+    <w:p w14:paraId="1AB6F26F" w14:textId="77777777" w:rsidR="00D50228" w:rsidRPr="00FE0137" w:rsidRDefault="00D50228" w:rsidP="00D50228">
       <w:pPr>
         <w:pStyle w:val="CorpoA"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>NOME E SOBRENOME</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
@@ -162,375 +315,738 @@
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>; NOME E SOBRENOME DO(S)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A79B226" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+    <w:p w14:paraId="777F597F" w14:textId="77777777" w:rsidR="00D50228" w:rsidRPr="007E0396" w:rsidRDefault="00D50228" w:rsidP="00D50228">
       <w:pPr>
         <w:pStyle w:val="CorpoA"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE0137">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0396">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pt-PT"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CO-AUTOR(ES)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE0137">
+      <w:r w:rsidRPr="007E0396">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...100 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>AUTHOR’S FIRST AND LAST NAME / NOME E COGNOME DELL’AUTORE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BE4257" w14:textId="5CC9928E" w:rsidR="00DC7C6F" w:rsidRPr="00D50228" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13040B27" w14:textId="6C1C9ACB" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">INTRODUÇÃO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>[centralizado, negrito]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2CA146" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O resumo expandido é uma versão condensada de um trabalho/manuscrito, no qual os principais pontos do trabalho são destacados. Ele é dividido em seções, inclui referências, faz comparações com trabalhos relacionados e outros detalhes esperados em um documento científico. Portanto, o resumo expandido não é um longo resumo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5433C68E" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A seção </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introdução </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tem como objetivo despertar o interesse do leitor além de prover as informações básicas pertinentes para o entendimento do resto do trabalho. Também delimita o marco teórico (recorte do tema estudado e seu respaldo na literatura científica atual), fornecendo um breve relato de informações importantes para o problema estudado. Com isso introduz o leitor na literatura pertinente, citando trabalhos prévios que têm ligação direta com o problema presente, fornecendo uma discussão breve dos resultados e descobertas desses outros estudos. O </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">objetivo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">da investigação deve ser explicitado (essa é a parte mais importante da introdução). Deve ser estabelecido o significado do trabalho e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">justificada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a razão de conduzir o estudo. O </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">problema de pesquisa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e a(s) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">hipótese(s) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">devem ser claramente expostos e, se for o caso, devem ser identificadas as questões deixadas sem respostas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E87365" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A627610" w14:textId="1A910138" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">METODOLOGIA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>[centralizado, negrito]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E57F3D7" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quando for o caso, na seção </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodologia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deve-se: explicar como o trabalho foi conduzido para permitir ao leitor avaliar como o trabalho foi feito e permitir que outros possam replicar seu estudo, especialmente em se tratando de pesquisa jurisprudencial e pesquisas em bases de dados; usar o tempo passado e a terceira pessoa para descrever o que foi feito; identificar o tipo de estudo (desenho do estudo ou caminho metodológico); explicar por que cada procedimento foi feito (em vez de descrever um procedimento longo podem ser feitas referências a trabalhos publicados); se for pertinente, mencionar a aprovação do estudo pelo comitê de ética apropriado e número do processo; descrever testes estatísticos e as comparações feitas; métodos comuns (muito conhecidos) podem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ser usados sem comentários, métodos incomuns ou mais avançados exigem citação de literatura; não misturar resultados com procedimentos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379642E4" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C065101" w14:textId="7BE266FF" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESULTADOS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>[centralizado, negrito]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495E76B8" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deve-se fazer uma apresentação dos resultados relevantes para as questões apresentadas na introdução, sem interpretar o significado. Os dados devem ser organizados em ordem cronológica, de acordo com os métodos, ou na ordem decrescente de importância. Os dados devem ser apresentados da maneira mais clara possível (em forma de texto, figuras, gráficos ou tabelas). Não repetir no texto os resultados descritos em tabelas e gráficos, apenas destacar os resultados mais relevantes. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Fornecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uma descrição clara da magnitude de um dado ou diferença. Se apropriado, usar percentagem da mudança em vez do dado exato. Exemplo: “houve decréscimo de 10%”. Usar o tempo passado quando se referir aos resultados. Numerar as figuras e tabelas consecutivamente na mesma sequência em que aparecem pela primeira vez no texto. Cada figura e tabela devem ter uma legenda auto explicativa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DE9AB8" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A57F68E" w14:textId="130BE1B5" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">FUNDAMENTAÇÃO TEÓRICA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>[centralizado, negrito]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9A9B25" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">fundamentação teórica </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tem como objetivo comentar suas interpretações, opiniões, e as implicações de suas descobertas empíricas e/ou teóricas, e fazer sugestões para futuras pesquisas. Deverá responder às questões colocadas na introdução, explicar como os resultados apoiam as respostas. Por isso deve-se organizar a discussão do mais específico para o mais geral: os dados do trabalho à luz da literatura, à teoria, à prática. Comentar todos os dados principais relacionados às questões, independentemente se foram estatisticamente significativos ou não. Discutir qualquer resultado não esperado. Usar os mesmos termos, o mesmo tempo de verbo (presente) e o mesmo ponto de vista usados nas questões da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Introdução</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Começar dizendo novamente o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">problema de pesquisa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que está sendo respondido. Apoiar as respostas com seus resultados. Explicar como seus resultados se relacionam com as expectativas e com a literatura, por que são aceitáveis e como eles são consistentes ou se ajustam com o conhecimento previamente publicado sobre o tópico. Descrever os padrões, princípios e relações mostrados por cada resultado/descoberta principal. Se necessário, apontar ao leitor a figura ou tabela para enfatizar sua hipótese. Defender suas respostas, se necessário, explicando tanto por que sua resposta é satisfatória como por que as dos outros não (porque mostrando os dois lados do argumento você poderá fazer uma explicação convincente). Discutir e avaliar explicações conflitantes de seus resultados. Identificar limitações potenciais e pontos fracos, comentar sobre a importância relativa na sua interpretação e como afetam a validade dos resultados. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0B73D5" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="074E1E01" w14:textId="3B679FDA" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">CONCLUSÕES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>[centralizado, negrito]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE1CBD4" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enfatizar as principais conclusões do estudo. Não repetir os resultados. Sumarizar as implicações principais dos resultados. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Fornecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recomendações (não mais que duas) de trabalhos futuros. Explicar como os resultados e conclusões de seu estudo são importantes e como influenciam o conhecimento do problema examinado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8E1594" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04484415" w14:textId="41DE8F21" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>[centralizado, negrito. Siga NBR 6023]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B645CC" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00391E21" w:rsidRDefault="00391E21" w:rsidP="00391E21">
-[...6 lines deleted...]
-    <w:p w14:paraId="0CA06B58" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00DC7C6F" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+    <w:p w14:paraId="63688CF4" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED306E">
+      <w:r w:rsidRPr="00776408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">HABERMAS, Jürgen; MCCARTHY, Thomas; MCCARTHY, Thomas. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The theory of communicative action</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Boston: Beacon press, 1984. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0142C658" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+    <w:p w14:paraId="3CF456BD" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">SUNSTEIN, Cass R. Cass R. Sunstein Recommends “Scarcity: Why Having Too Little Means So Much” by Sendhil Mullainathan and Eldar Shafir. In: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>21st Century Economics</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Springer, Cham, 2019. p. 127-128. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BFDA5C" w14:textId="77777777" w:rsidR="00391E21" w:rsidRDefault="00391E21" w:rsidP="00391E21">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="04B0724C" w14:textId="77777777" w:rsidR="00DC7C6F" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEUMANN, Franz; TAVOLARI, Bianca. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O significado social dos direitos fundamentais na Constituição de Weimar. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Cadernos de Filosofia Alemã: Crítica e Modernidade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, v. 22, n. 1, p. 139-155, 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B58994" w14:textId="001D74BA" w:rsidR="008912F4" w:rsidRPr="00DC7C6F" w:rsidRDefault="00DC7C6F" w:rsidP="00DC7C6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OST, François. A tese de doutorado em Direito: do projeto à defesa. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Revista de Estudos Constitucionais, Hermenêutica e Teoria do Direito</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, v. 7, n. 2, p. 98-116, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBB8B5C" w14:textId="77777777" w:rsidR="008912F4" w:rsidRDefault="008912F4" w:rsidP="008912F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="619318FC" w14:textId="77777777" w:rsidR="008912F4" w:rsidRDefault="008912F4" w:rsidP="008912F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA60A3F" w14:textId="77777777" w:rsidR="008912F4" w:rsidRDefault="008912F4" w:rsidP="008912F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2484DE30" w14:textId="77777777" w:rsidR="008912F4" w:rsidRDefault="008912F4" w:rsidP="008912F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD320AC" w14:textId="77777777" w:rsidR="008912F4" w:rsidRDefault="008912F4" w:rsidP="008912F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B97679" w14:textId="77777777" w:rsidR="00DA67F7" w:rsidRDefault="00DA67F7" w:rsidP="008912F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="794E7874" w14:textId="77777777" w:rsidR="008912F4" w:rsidRDefault="008912F4" w:rsidP="008912F4">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BAD61AF" w14:textId="77777777" w:rsidR="008912F4" w:rsidRPr="00E87C4D" w:rsidRDefault="008912F4" w:rsidP="008912F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008912F4" w:rsidRPr="00E87C4D" w:rsidSect="00DC7C6F">
+    <w:sectPr w:rsidR="008912F4" w:rsidRPr="00E87C4D" w:rsidSect="00D50228">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1985" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1985" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C0EE3DD" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
+    <w:p w14:paraId="2BC706EC" w14:textId="77777777" w:rsidR="00715410" w:rsidRDefault="00715410" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BA0410E" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
+    <w:p w14:paraId="6A634284" w14:textId="77777777" w:rsidR="00715410" w:rsidRDefault="00715410" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -555,74 +1071,75 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31059898" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
+    <w:p w14:paraId="2CE84547" w14:textId="77777777" w:rsidR="00715410" w:rsidRDefault="00715410" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4421AD0C" w14:textId="77777777" w:rsidR="00BA1EE7" w:rsidRDefault="00BA1EE7" w:rsidP="00E87C4D">
+    <w:p w14:paraId="241DF5F8" w14:textId="77777777" w:rsidR="00715410" w:rsidRDefault="00715410" w:rsidP="00E87C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="4BDA6DFC" w14:textId="77777777" w:rsidR="00391E21" w:rsidRPr="00FE0137" w:rsidRDefault="00391E21" w:rsidP="00391E21">
+    <w:p w14:paraId="6B9960C9" w14:textId="77777777" w:rsidR="00D50228" w:rsidRPr="007E0396" w:rsidRDefault="00D50228" w:rsidP="00D50228">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>OBRIGATÓRIO</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
@@ -630,109 +1147,371 @@
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome Completo dos(as) autores(as); Universidade vinculada; E-mail; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>Orcid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE0137">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ou lattes </w:t>
+        <w:t xml:space="preserve"> ou lattes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>REQUIRED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Full </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(s); </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Affiliated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>university</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; E-mail; ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lattes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7622DE66" w14:textId="77777777" w:rsidR="00D50228" w:rsidRPr="00FE0137" w:rsidRDefault="00D50228" w:rsidP="00D50228">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>OBBLIGATORIO:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nome completo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>degli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>delle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>autori</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>autrici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Università </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>affiliazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0396">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>; E-mail; ORCID o Lattes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0137">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70AA3B11" w14:textId="6E3F37C7" w:rsidR="00DC7C6F" w:rsidRDefault="00391E21">
+  <w:p w14:paraId="70AA3B11" w14:textId="3559D139" w:rsidR="00DC7C6F" w:rsidRDefault="00D50228">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D862B05" wp14:editId="49378F8D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51BC5405" wp14:editId="63733F2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-1072516</wp:posOffset>
+            <wp:posOffset>-1074420</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-449580</wp:posOffset>
+            <wp:posOffset>-450215</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7561567" cy="10690860"/>
           <wp:effectExtent l="0" t="0" r="1905" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="653090277" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7567668" cy="10699485"/>
+                    <a:ext cx="7561567" cy="10690860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -1011,110 +1790,107 @@
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1117606238">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1207597790">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1959333810">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="265231570">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E87C4D"/>
-    <w:rsid w:val="00391E21"/>
     <w:rsid w:val="00520FD4"/>
     <w:rsid w:val="00565697"/>
     <w:rsid w:val="0057371E"/>
-    <w:rsid w:val="00587269"/>
+    <w:rsid w:val="00715410"/>
     <w:rsid w:val="00776408"/>
     <w:rsid w:val="008601B9"/>
     <w:rsid w:val="008912F4"/>
     <w:rsid w:val="00B71E14"/>
-    <w:rsid w:val="00BA1EE7"/>
     <w:rsid w:val="00BD1633"/>
     <w:rsid w:val="00C33FE2"/>
+    <w:rsid w:val="00D50228"/>
+    <w:rsid w:val="00D91782"/>
     <w:rsid w:val="00DA67F7"/>
     <w:rsid w:val="00DC7C6F"/>
     <w:rsid w:val="00DE7935"/>
     <w:rsid w:val="00E7609D"/>
     <w:rsid w:val="00E87C4D"/>
     <w:rsid w:val="00EA349C"/>
     <w:rsid w:val="00FF230F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E7EBCAB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D77AE7E0-C618-4451-8B63-3C80F5262B6B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -1481,51 +2257,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00391E21"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E87C4D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -2126,68 +2901,68 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
     <w:name w:val="Texto de nota de rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodenotaderodap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DC7C6F"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaderodap">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC7C6F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CorpoA">
     <w:name w:val="Corpo A"/>
-    <w:rsid w:val="00391E21"/>
+    <w:rsid w:val="00D50228"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:color="000000"/>
       <w:lang w:eastAsia="pt-BR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
-    <w:rsid w:val="00391E21"/>
+    <w:rsid w:val="00D50228"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2478,70 +3253,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EC05660-FD39-4D75-BEF1-01AA5E3B9C80}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1654</Characters>
+  <Pages>3</Pages>
+  <Words>910</Words>
+  <Characters>5239</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>169</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1917</CharactersWithSpaces>
+  <CharactersWithSpaces>6091</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BENTO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>